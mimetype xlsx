--- v0 (2025-12-05)
+++ v1 (2026-03-16)
@@ -122,54 +122,54 @@
   <si>
     <t>GATT/CP.3/SR.30</t>
   </si>
   <si>
     <t>06/30/1949</t>
   </si>
   <si>
     <t>GATT/CP.3/42</t>
   </si>
   <si>
     <t>04/03/1950</t>
   </si>
   <si>
     <t>GATT/CP.4/SR.21</t>
   </si>
   <si>
     <t>GATT/CP.3/42/Corr.1</t>
   </si>
   <si>
     <t>GATT/CP.5/SR.21</t>
   </si>
   <si>
     <t>12/13/1950</t>
   </si>
   <si>
+    <t>BISD IIS/181-188</t>
+  </si>
+  <si>
     <t>GATT/CP.5/SR.21/Corr.1</t>
-  </si>
-[...1 lines deleted...]
-    <t>BISD IIS/181-188</t>
   </si>
   <si>
     <t>GD/4</t>
   </si>
   <si>
     <t>Article XXI - United States Exports Restrictions</t>
   </si>
   <si>
     <t>Czechoslovakia</t>
   </si>
   <si>
     <t>BISD IIS/28</t>
   </si>
   <si>
     <t>06/08/1949</t>
   </si>
   <si>
     <t>Adoption rejected in a vote</t>
   </si>
   <si>
     <t>GATT/CP.3/SR.22</t>
   </si>
   <si>
     <t>GATT/CP.3/SR.22/Corr.1</t>
   </si>
@@ -3044,82 +3044,82 @@
       <c r="I5"/>
       <c r="J5"/>
       <c r="K5"/>
       <c r="L5" t="s">
         <v>34</v>
       </c>
       <c r="M5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>23</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6" t="s">
         <v>25</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
       <c r="H6" t="s">
         <v>19</v>
       </c>
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6"/>
       <c r="L6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M6"/>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
         <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7" t="s">
         <v>25</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="G7" t="s">
         <v>31</v>
       </c>
       <c r="H7" t="s">
         <v>19</v>
       </c>
       <c r="I7"/>
       <c r="J7"/>
       <c r="K7"/>
       <c r="L7" t="s">
         <v>28</v>
       </c>
       <c r="M7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
         <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>39</v>
       </c>
       <c r="C8" t="s">